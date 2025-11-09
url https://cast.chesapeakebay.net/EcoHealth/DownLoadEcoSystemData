--- v0 (2025-10-08)
+++ v1 (2025-11-09)
@@ -1,66 +1,66 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98351f5b454e4ade" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dd24c41ef55d4096ac4da466171d52bf.psmdcp" Id="R21acf9f58ecb4919" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f60118766d04fc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/80a02797119f42c3b05095bc878f641b.psmdcp" Id="R8be594ccf12c4f25" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="Outcomes" sheetId="2" r:id="rId2"/>
-[...3 lines deleted...]
-    <x:sheet name="Outcome CoBenefit Bmps" sheetId="6" r:id="rId6"/>
+    <x:sheet name="Outcomes" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Goals" sheetId="2" r:id="rId3"/>
+    <x:sheet name="CoBenefit Bmps" sheetId="3" r:id="rId4"/>
+    <x:sheet name="Outcome Goals" sheetId="4" r:id="rId5"/>
+    <x:sheet name="Outcome CoBenefit Bmps" sheetId="5" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="153" uniqueCount="153">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>OutcomeName</x:t>
   </x:si>
   <x:si>
     <x:t>OutcomeDescription</x:t>
   </x:si>
   <x:si>
     <x:t>Fish Habitat</x:t>
   </x:si>
   <x:si>
     <x:t>Continually improve effectiveness of fish habitat conservation and restoration efforts by identifying and characterizing critical spawning, nursery and forage areas within the Bay and tributaries for important fish and shellfish, and use existing and new tools to integrate information and conduct assessments to inform restoration and conservation efforts.</x:t>
   </x:si>
   <x:si>
     <x:t>Student</x:t>
   </x:si>
   <x:si>
     <x:t>Continually increase students’ age-appropriate understanding of the watershed through participation in teacher-supported meaningful watershed educational experiences and rigorous, inquiry-based instruction, with a target of at least one meaningful watershed educational experience in elementary, middle and high school depending on available resources.</x:t>
   </x:si>
   <x:si>
     <x:t>Local Leadership</x:t>
   </x:si>
   <x:si>
     <x:t>Continually increase the knowledge and capacity of local officials on issues related to water resources and in the implementation of economic and policy incentives that will support local conservation actions.</x:t>
   </x:si>
   <x:si>
@@ -839,51 +839,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultColWidth="50.710625" defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
@@ -1107,51 +1107,51 @@
       <x:c r="A30" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B11"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultColWidth="50.710625" defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
@@ -1215,51 +1215,51 @@
       <x:c r="A10" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B11"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultColWidth="50.710625" defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
@@ -1323,51 +1323,51 @@
       <x:c r="A10" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultColWidth="50.710625" defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C1" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
@@ -1684,51 +1684,51 @@
       <x:c r="C30" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C31" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C161"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultColWidth="50.710625" defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C1" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
@@ -3477,64 +3477,64 @@
       </x:c>
     </x:row>
     <x:row r="161" spans="1:3">
       <x:c r="A161" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C161" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
-  <ap:DocSecurity>0</ap:DocSecurity>
-[...16 lines deleted...]
-  </ap:HeadingPairs>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="15">
       <vt:lpstr>Outcomes</vt:lpstr>
       <vt:lpstr>Goals</vt:lpstr>
       <vt:lpstr>CoBenefit Bmps</vt:lpstr>
       <vt:lpstr>Outcome Goals</vt:lpstr>
       <vt:lpstr>Outcome CoBenefit Bmps</vt:lpstr>
       <vt:lpstr>Outcomes!Print_Area</vt:lpstr>
       <vt:lpstr>Outcomes!Print_Titles</vt:lpstr>
       <vt:lpstr>Goals!Print_Area</vt:lpstr>
       <vt:lpstr>Goals!Print_Titles</vt:lpstr>
       <vt:lpstr>CoBenefit Bmps!Print_Area</vt:lpstr>
       <vt:lpstr>CoBenefit Bmps!Print_Titles</vt:lpstr>
       <vt:lpstr>Outcome Goals!Print_Area</vt:lpstr>
       <vt:lpstr>Outcome Goals!Print_Titles</vt:lpstr>
       <vt:lpstr>Outcome CoBenefit Bmps!Print_Area</vt:lpstr>
       <vt:lpstr>Outcome CoBenefit Bmps!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
+  <ap:HeadingPairs>
+    <vt:vector baseType="variant" size="4">
+      <vt:variant>
+        <vt:lpstr>Worksheets</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Named Ranges</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>10</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </ap:HeadingPairs>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>