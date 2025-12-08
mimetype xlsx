--- v1 (2025-11-09)
+++ v2 (2025-12-08)
@@ -1,524 +1,524 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f60118766d04fc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/80a02797119f42c3b05095bc878f641b.psmdcp" Id="R8be594ccf12c4f25" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10a8abbd1f56473f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9ee1da989b4649a3961c788e69fbdd2c.psmdcp" Id="Re102a92917324c37" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Outcomes" sheetId="1" r:id="rId2"/>
     <x:sheet name="Goals" sheetId="2" r:id="rId3"/>
     <x:sheet name="CoBenefit Bmps" sheetId="3" r:id="rId4"/>
     <x:sheet name="Outcome Goals" sheetId="4" r:id="rId5"/>
     <x:sheet name="Outcome CoBenefit Bmps" sheetId="5" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>OutcomeName</x:t>
   </x:si>
   <x:si>
     <x:t>OutcomeDescription</x:t>
   </x:si>
   <x:si>
+    <x:t>Toxic Contaminants Policy and Prevention</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Continually improve practices and controls that reduce and prevent the effects of toxic contaminants below levels that harm aquatic systems and humans. Build from existing programs to reduce the amount and effects of PCBs in the Bay and watershed. Use research findings to evaluate the implementation of additional policies, programs and practices for other contaminants that need to be further reduced or eliminated.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Healthy Watersheds</x:t>
+  </x:si>
+  <x:si>
+    <x:t>100 percent of state-identified currently healthy waters and watersheds remain healthy.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Land Use Options</x:t>
+  </x:si>
+  <x:si>
+    <x:t>By the end of 2017, with the direct involvement of local governments or their representatives, evaluate policy options, incentives and planning tools that could assist them in continually improving their capacity to reduce the rate of conversion of agricultural lands, forests and wetlands as well as the rate of changing landscapes from more natural lands that soak up pollutants to those that are paved over, hardscaped or otherwise impervious. Strategies should be developed for supporting local governments’ and others’ efforts in reducing these rates by 2025 and beyond.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Forage Fish</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Continually improve the Partnership’s capacity to understand the role of forage fish populations in the Chesapeake Bay. By 2016, develop a strategy for assessing the forage fish base available as food for predatory species in the Chesapeake Bay.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stream Health</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Continually improve stream health and function throughout the watershed. Improve health and function of 10% of stream miles above the 2008 baseline for the watershed.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blue Crab Management</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manage for a stable and productive crab fishery including working with the industry, recreational crabbers and other stakeholders to improve commercial and recreational harvest accountability. By 2018, evaluate the establishment of a Bay-wide, allocation-based management framework with annual levels set by the jurisdictions for the purpose of accounting for and adjusting harvest by each jurisdiction.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Black Duck</x:t>
+  </x:si>
+  <x:si>
+    <x:t>By 2025, restore, enhance and preserve wetland habitats that support a wintering population of 100,000 black ducks, a species representative of the health of tidal marshes across the watershed. Refine population targets through 2025 based on best available science.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Local Leadership</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Continually increase the knowledge and capacity of local officials on issues related to water resources and in the implementation of economic and policy incentives that will support local conservation actions.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Climate Adaptation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Continually pursue, design and construct restoration and protection projects to enhance the resiliency of the Bay and aquatic ecosystems from the impacts of coastal erosion, coastal flooding, more intense and more frequent storms and sea level rise.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tree Canopy Outcome</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Continually increase urban tree canopy capacity to provide air quality, water quality and habitat benefits throughout the watershed. Expand urban tree canopy by 2,400 acres by 2025.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diversity</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Identify minority stakeholder groups that are not currently represented in the leadership, decision making and implementation of current conservation and restoration activities and create meaningful opportunities and programs to recruit and engage them in the Partnership’s efforts.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Submerged Aquatic Vegetation (SAV)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sustain and increase the habitat benefits of SAV (underwater grasses) in the Chesapeake Bay. Achieve and sustain the ultimate outcome of 185,000 acres of SAV Bay-wide necessary for a restored Bay. Progress toward this ultimate outcome will be measured against a target of 90,000 acres by 2017 and 130,000 acres by 2025.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Land Use Methods and Metrics Development</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Continually improve the knowledge of land conversion and the associated impacts throughout the watershed. By 2016, develop a watershed-wide methodology and local-level metrics for characterizing the rate of farmland, forest, and wetland conversion, measuring the extent and rate of change in impervious surface coverage and quantifying the potential impacts of land conversion to water quality, healthy watersheds, and communities. Launch a public awareness campaign to share this information with local governments, elected officials, and stakeholders.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Community Stewardship</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Increase the number and diversity of trained and mobilized community volunteers with the knowledge and skills needed to enhance the health of their local watersheds.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sustainable Schools</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Continually increase the number of schools in the region that reduce the impact of their buildings and grounds on their local watershed, environment and human health through best practices, including student-led protection and restoration projects.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025 WIP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>By 2025, have all practices and controls installed to achieve the Bay?s dissolved oxygen, water clarity/submerged aquatic vegetation and chlorophyll a standards as articulated in the Chesapeake Bay TMDL document.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public Access Site Development</x:t>
+  </x:si>
+  <x:si>
+    <x:t>By 2025, add 300 new public-access sites, with a strong emphasis on providing opportunities for boating, swimming and fishing, where feasible. (2010 baseline year)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Protected Lands</x:t>
+  </x:si>
+  <x:si>
+    <x:t>By 2025, protect an additional two million acres of lands throughout the watershed—currently identified as high conservation priorities at the federal, state or local level—including 225,000 acres of wetlands and 695,000 acres of forest land of highest value for maintaining water quality. (2010 baseline year)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Fish Habitat</x:t>
   </x:si>
   <x:si>
     <x:t>Continually improve effectiveness of fish habitat conservation and restoration efforts by identifying and characterizing critical spawning, nursery and forage areas within the Bay and tributaries for important fish and shellfish, and use existing and new tools to integrate information and conduct assessments to inform restoration and conservation efforts.</x:t>
   </x:si>
   <x:si>
     <x:t>Student</x:t>
   </x:si>
   <x:si>
     <x:t>Continually increase students’ age-appropriate understanding of the watershed through participation in teacher-supported meaningful watershed educational experiences and rigorous, inquiry-based instruction, with a target of at least one meaningful watershed educational experience in elementary, middle and high school depending on available resources.</x:t>
   </x:si>
   <x:si>
-    <x:t>Local Leadership</x:t>
-[...14 lines deleted...]
-    <x:t>By 2025, restore, enhance and preserve wetland habitats that support a wintering population of 100,000 black ducks, a species representative of the health of tidal marshes across the watershed. Refine population targets through 2025 based on best available science.</x:t>
+    <x:t>Water Quality Standards Attainment and Monitoring</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Continually improve the capacity to monitor and assess the effects of management actions being undertaken to implement the Bay TMDL and improve water quality. Use the monitoring results to report annually to the public on progress made in attaining established Bay water-quality standards and trends in reducing nutrients and sediment in the watershed.</x:t>
   </x:si>
   <x:si>
     <x:t>Oyster</x:t>
   </x:si>
   <x:si>
     <x:t>Continually increase finfish and shellfish habitat and water quality benefits from restored oyster populations. Restore native oyster habitat and populations in 10 tributaries by 2025 and ensure their protection.</x:t>
   </x:si>
   <x:si>
-    <x:t>Protected Lands</x:t>
-[...40 lines deleted...]
-  <x:si>
     <x:t>Blue Crab Abundance</x:t>
   </x:si>
   <x:si>
     <x:t>Maintain a sustainable blue crab population based on the current 2012 target of 215 million adult females. Refine population targets through 2025 based on best available science.</x:t>
   </x:si>
   <x:si>
-    <x:t>Toxic Contaminants Policy and Prevention</x:t>
-[...34 lines deleted...]
-  <x:si>
     <x:t>Brook Trout</x:t>
   </x:si>
   <x:si>
     <x:t>Restore and sustain naturally reproducing brook trout populations in Chesapeake headwater streams with an eight percent increase in occupied habitat by 2025.</x:t>
   </x:si>
   <x:si>
     <x:t>Climate Monitoring and Assessment</x:t>
   </x:si>
   <x:si>
     <x:t>Fish Passage</x:t>
   </x:si>
   <x:si>
     <x:t>Continually increase available habitat to support sustainable migratory fish populations in freshwater rivers and streams. By 2025, restore historical fish migratory routes by opening 1,000 additional stream miles, with restoration success indicated by the consistent presence of alewife, blueback herring, American shad, hickory shad, American eel and brook trout, to be monitored in accordance with available agency resources and collaboratively developed methods.</x:t>
   </x:si>
   <x:si>
     <x:t>Toxic Contaminants Research</x:t>
   </x:si>
   <x:si>
     <x:t>Continually increase our understanding of the impacts and mitigation options for toxic contaminants. Develop a research agenda and further characterize the occurrence, concentrations, sources and effects of mercury, PCBs and other contaminants of emerging and widespread concern. In addition, identify which best management practices might provide multiple benefits of reducing nutrient and sediment pollution as well as toxic contaminants in waterways.</x:t>
   </x:si>
   <x:si>
     <x:t>Environmental Literacy Planning</x:t>
   </x:si>
   <x:si>
     <x:t>Each participating Bay jurisdiction should develop a comprehensive and systemic approach to environmental literacy for all students in the region that includes policies, practices and voluntary metrics that support environmental literacy Goals and Outcomes of this Agreement.</x:t>
   </x:si>
   <x:si>
     <x:t>Forest Buffer</x:t>
   </x:si>
   <x:si>
     <x:t>Continually increase the capacity of forest buffers to provide water quality and habitat benefits throughout the watershed. Restore 900 miles per year of riparian forest buffer and conserve existing buffers until at least 70 percent of riparian areas throughout the watershed are forested.</x:t>
   </x:si>
   <x:si>
     <x:t>Wetlands</x:t>
   </x:si>
   <x:si>
     <x:t>Continually increase the capacity of wetlands to provide water quality and habitat benefits throughout the watershed. Create or re-establish 85,000 acres of tidal and non-tidal wetlands and enhance the function of an additional 150,000 acres of degraded wetlands by 2025. These activities may occur in any land use (including urban) but primarily occur in agricultural or natural landscapes.</x:t>
   </x:si>
   <x:si>
-    <x:t>Submerged Aquatic Vegetation (SAV)</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>GoalName</x:t>
   </x:si>
   <x:si>
     <x:t>GoalDescription</x:t>
   </x:si>
   <x:si>
+    <x:t>Toxic Contaminants</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ensure that the Bay and its rivers are free of effects of toxic contaminants on living resources and human health.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sustain state-identified healthy waters and watersheds, recognized for their high quality and/or high ecological value.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Land Conservation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conserve landscapes treasured by communities in order to maintain water quality and habitat; sustain working forests, farms and maritime communities; and conserve lands of cultural, indigenous and community value.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sustainable Fisheries</x:t>
   </x:si>
   <x:si>
     <x:t>Protect, restore and enhance finfish, shellfish and other living resources, their habitats and ecological relationships to sustain all fisheries and provide for a balanced ecosystem in the watershed and Bay.</x:t>
   </x:si>
   <x:si>
+    <x:t>Vital Habitats</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Restore, enhance and protect a network of land and water habitats to support fish and wildlife and to afford other public benefits, including water quality, recreational uses and scenic value across the watershed.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stewardship</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Increase the number and diversity of local community stewards and local governments that actively support and carry out the conservation and restoration activities that achieve healthy local streams, rivers and a vibrant Chesapeake Bay.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Climate Resiliency</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Increase the resiliency of the Chesapeake Bay watershed, including its living resources, habitats, public infrastructure and communities, to withstand adverse impacts from changing environmental and climate conditions.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Environmental Literacy</x:t>
   </x:si>
   <x:si>
     <x:t>Enable students in the region to graduate with the knowledge and skills to act responsibly to protect and restore their local watershed.</x:t>
   </x:si>
   <x:si>
-    <x:t>Stewardship</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Water Quality</x:t>
   </x:si>
   <x:si>
     <x:t>Reduce pollutants to achieve the water quality necessary to support the aquatic living resources of the Bay and its tributaries and protect human health.</x:t>
   </x:si>
   <x:si>
-    <x:t>Climate Resiliency</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Public Access</x:t>
   </x:si>
   <x:si>
     <x:t>Expand public access to the Bay and its tributaries through existing and new local, state and federal parks, refuges, reserves, trails and partner sites.</x:t>
   </x:si>
   <x:si>
     <x:t>CoBenefitBmpName</x:t>
   </x:si>
   <x:si>
     <x:t>CoBenefitBmpDescription</x:t>
   </x:si>
   <x:si>
+    <x:t>Wetland Restoration</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">The manipulation of the physical, chemical, or biological characteristics of a site with the goal of returning natural/historic functions to a former wetland. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Urban Forest Planting</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tree planting projects in urban or suburban areas that are not part of a riparian buffer, structural BMP or Urban Tree Canopy Expansion BMP, with the intent of establishing forest ecosystem processes and function. Under this BMP, trees are planted in a contiguous area as documented in the planting plan and the acreage of this BMP is converted from the developed turfgrass land use into forest in the modeling tools.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Agricultural Forest Buffer</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Linear wooded areas that help filter nutrients, sediments and other pollutants from runoff as well as remove nutrients from groundwater. The recommended buffer width is 100 feet, with a 35 feet minimum width required with or without exclusion fencing. </x:t>
   </x:si>
   <x:si>
-    <x:t>Wetland Restoration</x:t>
-[...2 lines deleted...]
-    <x:t xml:space="preserve">The manipulation of the physical, chemical, or biological characteristics of a site with the goal of returning natural/historic functions to a former wetland. </x:t>
+    <x:t>Agricultural Grass Buffer</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Linear strips of grass or other non-woody vegetation maintained to help filter nutrients, sediment and other pollutants from runoff. The recommended buffer width for buffers is 100 feet, with a 35 feet minimum width required with or without exclusion fencing. </x:t>
   </x:si>
   <x:si>
     <x:t>Urban Forest Buffer</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Forest buffers are linear wooded areas that help filter nutrients, sediment and other pollutants from runoff as well as remove nutrients from groundwater. The recommended buffer width is 100 feet, with a 35 feet minimum width required. </x:t>
   </x:si>
   <x:si>
+    <x:t>Impervious Surface Reduction</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Reducing impervious surfaces to promote infiltration and percolation of runoff storm water. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Urban Tree Planting</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">The planting of trees in an urban area that are not part of a riparian forest buffer, structural BMP (e.g., bioretention, tree planter) or do not conform to the definition of the Urban Forest Planting BMP. This BMP does not require trees to be planted in a contiguous area. </x:t>
+  </x:si>
+  <x:si>
     <x:t>Wetland Creation</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">The manipulation of the physical, chemical, or biological characteristics present to develop a wetland that did not previously exist at a site. </x:t>
   </x:si>
   <x:si>
-    <x:t>Urban Forest Planting</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Tree Planting</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">includes any trees planted on agricultural land, except those used to establish riparian forest buffers, targeting lands that are highly erodible or identified as critical resource areas. </x:t>
   </x:si>
   <x:si>
-    <x:t>Agricultural Grass Buffer</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Cover Crops</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">A short-term crop grown after the main cropping season to reduce nutrient losses to ground and surface water by sequestering nutrients. This type of cover crop may not receive nutrients in the fall and may not be harvested in the spring. </x:t>
   </x:si>
   <x:si>
     <x:t>Goal</x:t>
   </x:si>
   <x:si>
     <x:t>LinkageDescription</x:t>
   </x:si>
   <x:si>
+    <x:t>In 2012, close to 74 percent of the tidal water segments of the Chesapeake Bay were fully or partially impaired by toxic contaminants. These contaminants include pesticides, pharmaceuticals, metals and more, and can harm the health of both humans and wildlife. Polychlorinated biphenyls, or PCBs, have posed a particular problem: the contaminant can accumulate in fish tissue and limit the amount of regional fish that can be consumed. Reducing the impacts of these contaminants will improve the health and value of living resources.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Promoting the long-term conservation of healthy watersheds is critical to the health of the Chesapeake Bay. Healthy watersheds store carbon, provide wildlife with clean water and habitat, and are more resilient to the effects of invasive species and climate change. Healthy watersheds also generate ecosystem services and social and economic benefits that are difficult to replicate when restoring impaired watersheds. Thus, the maintenance of healthy watersheds is important for the ecosystems and communities that rely on them.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>By the end of 2017, with the direct involvement of local governments or their representatives, evaluate policy options, incentives and planning tools that could assist them in continually improving their capacity to the reduce the rate of conversion of agricultural lands, forests and wetlands as well as the rate of changing landscapes from more natural lands that soak up pollutants to those that are paved over, hardscaped or otherwise impervious. Strategies should be developed for supporting local governments? and others? efforts in reducing these rates by 2025 and beyond.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Forage fish form an important link in the Chesapeake Bay food web, serving as prey for other fish species like striped bass, bluefish and weakfish. Improving our understanding of the role forage fish play in the Bay will improve our ability to manage predator fish species, many of which are commercially and recreationally valuable to the region.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Restoring water quality in local rivers and streams is a key step toward meeting water quality standards across the entire Chesapeake Bay. Restoring rivers and streams also benefits the fish, wildlife and people that use them.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Blue crabs are important to the ecology and economy of the Chesapeake Bay. The keystone species supports commercial and recreational fisheries across the region. But poor water quality, habitat loss, harvest pressure and natural predation can affect their continued health. Tracking blue crab population levels can inform how harvest regulations should or shouldn?t change if we are to maintain a sustainable blue crab stock.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Historically, the American black duck was the most abundant dabbling duck in eastern North America and comprised the largest portion of the region?s waterfowl harvest. Despite its importance, the black duck population declined by more than 50 percent between the 1950s and 1980s. The mid-Atlantic region supports the largest portion of eastern North America?s wintering black duck population, and preserving wetland habitat in the Chesapeake Bay watershed is critical to the long-term sustainability of the species.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>While watershed-wide partnerships help coordinate and catalyze conservation efforts, implementation of these efforts happens at the local level. Indeed, local government officials are key partners in our work. By engaging and empowering these officials, we will leverage more resources and ensure better outcomes in the implementation of economic and policy incentives that will support local conservation work.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>To increase the climate resiliency of the Chesapeake Bay watershed, it is important to consider changing climatic conditions in the pursuit, design, implementation and long-term maintenance of restoration and protection management practices. In some cases, this could mean using specific practices to address certain environmental needs, like restoring areas that would ease the inland migration of wetlands or planting vegetative buffers in areas that experience coastal floods. In other cases, it could involve factoring climatic conditions and sea level rise into the design of on-the-ground restoration work.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Increasing tree cover in communities is a sustainable and cost-effective practice that improves society and the environment. Increased tree canopy can enhance air quality, water quality, energy savings, public health and community investment.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Chesapeake Bay watershed is a region of profound diversity. Further involving diverse stakeholders not currently represented in our leadership, decision-making or restoration efforts is critical to the continued success of the Chesapeake Bay Program. The outcome was?modified by the Principals' Staff Committee?in January 2020.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Underwater grasses benefit aquatic life and serve critical functions in the Chesapeake Bay. Also known as submerged aquatic vegetation, underwater grasses add oxygen to the water; improve water clarity; provide food and shelter to fish and wildlife; and reduce shoreline erosion. Increasing grass abundance in the Bay and its rivers will improve the entire Bay ecosystem.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Land use change is a local issue with regional consequences. If not understood, mitigated or otherwise planned for, land use change can affect restoration and protection efforts. Improving our understanding and tracking of these changes will allow us to share this information with local governments, elected officials and other stakeholders. The outcome was?modified by the Principals' Staff Committee?in January 2020.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The long-term success of Chesapeake Bay restoration will depend on the actions of individual stewards. Support for activities that expand volunteerism, connect residents to their neighborhood streams, create opportunities for local action and nurture grassroots partnerships will ensure long-term support for the Bay.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>In the coming decades, the public will be called upon to understand complex environmental issues and be aware of the environmental effects that individual decisions can have on local and global scales. Creating a scientifically informed community will require a concerted approach to environmental education, which will require our support of sustainability efforts at schools.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Watershed Implementation Plans, created by watershed jurisdictions under the Chesapeake Bay 'pollution diet' or Total Maximum Daily Load (TMDL), are instrumental in the restoration of tidal water quality. Improving water quality will support other restoration goals and benefit human health.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Chesapeake Bay watershed is rapidly urbanizing. More than eleven million people live in metropolitan areas, but few have the chance to interact with the region?s waters, forests and open lands. Despite this trend?or perhaps because of it?residents increasingly seek opportunities to connect with the outdoors. Multiple studies continue to document this high public demand for public access points, and meeting this demand will foster a feeling of shared responsibility for the region?s resources among its residents.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The human population in the Chesapeake Bay watershed continues to grow. The development and land conversion this growth implies are among the top stressors the Bay ecosystem will face, and are threats to its restoration and protection. One way to combat the loss of forests, wetlands and other habitats is to permanently protect these lands from development.</x:t>
+  </x:si>
+  <x:si>
     <x:t>At present, there is limited information about how different fish use different Chesapeake Bay habitats during different parts of their lives. But we know healthy habitats?including the wetlands, rivers and streams that serve as nursery, spawning and forage areas?are important to fisheries productivity. Identifying and improving our understanding about important fish habitat will help target our conservation and restoration efforts.</x:t>
   </x:si>
   <x:si>
     <x:t>In the coming decades, the public will be called upon to understand complex environmental issues and be aware of the environmental effects that individual decisions can have on local and global scales. Creating a scientifically informed community will require a concerted approach to environmental education, which will require our support of efforts to advance environmental literacy.</x:t>
   </x:si>
   <x:si>
-    <x:t>While watershed-wide partnerships help coordinate and catalyze conservation efforts, implementation of these efforts happens at the local level. Indeed, local government officials are key partners in our work. By engaging and empowering these officials, we will leverage more resources and ensure better outcomes in the implementation of economic and policy incentives that will support local conservation work.</x:t>
-[...5 lines deleted...]
-    <x:t>Historically, the American black duck was the most abundant dabbling duck in eastern North America and comprised the largest portion of the region?s waterfowl harvest. Despite its importance, the black duck population declined by more than 50 percent between the 1950s and 1980s. The mid-Atlantic region supports the largest portion of eastern North America?s wintering black duck population, and preserving wetland habitat in the Chesapeake Bay watershed is critical to the long-term sustainability of the species.</x:t>
+    <x:t>Monitoring the attainment of water quality standards will give us the information needed to track trends in nutrient and sediment pollution and assess whether or not Chesapeake Bay water quality is high enough to support aquatic living resources.</x:t>
   </x:si>
   <x:si>
     <x:t>Filter-feeding oysters and their reefs can improve water quality and provide habitat for invertebrates and fish. These native bivalves are an iconic Chesapeake Bay species that has been decimated by pollution, disease and historic overharvesting. Restoring and protecting oyster reefs in Bay tributaries would reestablish the species and provide important ecosystem services to the Bay.</x:t>
   </x:si>
   <x:si>
-    <x:t>The human population in the Chesapeake Bay watershed continues to grow. The development and land conversion this growth implies are among the top stressors the Bay ecosystem will face, and are threats to its restoration and protection. One way to combat the loss of forests, wetlands and other habitats is to permanently protect these lands from development.</x:t>
-[...37 lines deleted...]
-  <x:si>
     <x:t>Brook trout are essential to the headwater stream ecosystem and a valuable piece of the region's heritage and economy. Land trusts have even found that the possibility of restoring brook trout to local streams motivates private landowners to take conservation actions. But unless steps are taken to reverse brook trout population decline, the species could be at risk of becoming regionally threatened within three to four decades.</x:t>
   </x:si>
   <x:si>
     <x:t>Monitoring and assessing changing climatic conditions and trends are vital parts of the Chesapeake Bay Program's climate resiliency goal. Documenting changes in sea level, precipitation patterns, water temperature and the resulting ecosystem response will inform the development and prioritization of on-the-ground projects and program management.</x:t>
   </x:si>
   <x:si>
     <x:t>Physical structures that hinder or block the movement of migratory fish to their historic spawning grounds are one of the most important factors in the decline of American shad, brook trout and other fish species. Removing dams or installing fish lifts, ladders and other passageways can allow migratory fish to return to their spawning and nursery grounds and allow resident fish to move freely through streams. The outcome was?modified by the Principals' Staff Committee?in January 2020.</x:t>
   </x:si>
   <x:si>
     <x:t>In 2012, close to 74 percent of the tidal water segments of the Chesapeake Bay were fully or partially impaired by toxic contaminants. These contaminants include pesticides, pharmaceuticals, metals and more, and can harm the health of both humans and wildlife. Improving our understanding of these contaminants will help us reduce their impacts, thus improving the health and value of living resources.</x:t>
   </x:si>
   <x:si>
     <x:t>In the coming decades, the public will be called upon to understand complex environmental issues and be aware of the environmental effects that individual decisions can have on local and global scales. Creating a scientifically informed community will require a concerted approach to environmental education, which will require our support of rigorous, inquiry based instruction and meaningful watershed educational experiences.</x:t>
   </x:si>
   <x:si>
     <x:t>Forest buffers, or the trees, shrubs and other plants that grow along rivers and streams, are critical to the health of the Chesapeake Bay. Forest buffers prevent pollution from entering waterways, stabilize stream banks, provide food and habitat to wildlife, and keep streams cool during hot weather. Learn more information about forest buffers by going to the?Forest Buffer Issues page.?For more information on forest buffer efforts in the Chesapeake Bay watershed, go to the?Planting Forest Buffers page?or visit the Publications tab on the?Forestry Workgroup page.</x:t>
   </x:si>
   <x:si>
     <x:t>Healthy wetlands are vital to a healthy Chesapeake Bay. Wetlands trap polluted runoff and slow the flow of nutrients, sediment and chemical contaminants into rivers, streams and the Bay. By soaking up stormwater and dampening storm surges, wetlands slow the erosion of shorelines and protect properties from floods. Wetlands also provide critical habitat for fish, birds, mammals and invertebrates, and support recreational fishing and hunting across the watershed.</x:t>
   </x:si>
   <x:si>
-    <x:t>Underwater grasses benefit aquatic life and serve critical functions in the Chesapeake Bay. Also known as submerged aquatic vegetation, underwater grasses add oxygen to the water; improve water clarity; provide food and shelter to fish and wildlife; and reduce shoreline erosion. Increasing grass abundance in the Bay and its rivers will improve the entire Bay ecosystem.</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>CoBenefitName</x:t>
   </x:si>
   <x:si>
     <x:t>Outcome</x:t>
   </x:si>
   <x:si>
     <x:t>Increasing trees and forests serve a multitude of ecosystem services including reduced flooding, reduced temperatures in streams for cold water fish, and pleasant places for humans to walk.</x:t>
   </x:si>
   <x:si>
     <x:t>These management practices can help create habitat.</x:t>
   </x:si>
   <x:si>
     <x:t>These management practices can help reduce nitrogen and phosphorus runoff that make waters unhealthy for fish. Forage fish play a particularly important role as food for larger species.</x:t>
   </x:si>
   <x:si>
+    <x:t>These management practices can help reduce nitrogen and phosphorus runoff that make waters unhealthy for fish.</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Ensuring access to natural lands allows humans to enjoy the beauty and peace of natural landscapes and water. </x:t>
+  </x:si>
+  <x:si>
     <x:t>Residents can help create and maintain ecosystems to support habitat goals.</x:t>
   </x:si>
   <x:si>
+    <x:t>These management practices lead to reduced nitrogen and phosphorus runoff that leads to low amounts of dissolved oxygen. They also trap the sediment that can reduce water clarity, allowing light to reach the SAV. SAVs play an important role as nurseries for crabs and fish.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Increasing wetlands serves a multitude of ecosystem services including reduced flooding, and reduced nitrogen and phosphorus runoff that results in harmful algal blooms.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Protecting lands in permanent easements and other natural lands preservation programs ensures that natural landscapes will persist for future generations.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>These management practices can help reduce nitrogen and phosphorus runoff that make waters unhealthy for oysters. Oysters plan an important role in filtering sediment, leading to greater water clarity for aquatic grasses that support fish and crabs.</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">The Chesapeake Bay Program creates a detailed land use to help evaluate land change effects on watersheds. These management practices are some of those land change effects that humans can control. </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Creating natural lands ameliorates the secular trend that leads to more flooding and other climate impacts. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>These management practices can help reduce nitrogen and phosphorus runoff that make waters unhealthy for crabs.</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Trapping toxic contaminants before they reach our waterways ensures we have clean water for drinking and the ecosystem. Preventing toxics from  reaching natural areas is preferable. </x:t>
+  </x:si>
+  <x:si>
     <x:t>These management practices can help create cooler temperatures and healthy streams for fish.</x:t>
   </x:si>
   <x:si>
-    <x:t>These management practices lead to reduced nitrogen and phosphorus runoff that leads to low amounts of dissolved oxygen. They also trap the sediment that can reduce water clarity, allowing light to reach the SAV. SAVs play an important role as nurseries for crabs and fish.</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>The WIPs include management practices expected to reduce nitrogen, phosphorus, and sediment in local waters and in the Chesapeake Bay.</x:t>
-  </x:si>
-[...22 lines deleted...]
-    <x:t xml:space="preserve">Trapping toxic contaminants before they reach our waterways ensures we have clean water for drinking and the ecosystem. Preventing toxics from  reaching natural areas is preferable. </x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -1030,75 +1030,75 @@
       <x:c r="B20" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:2">
       <x:c r="A24" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:2">
       <x:c r="A29" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -1135,107 +1135,107 @@
   </x:sheetPr>
   <x:dimension ref="A1:B11"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultColWidth="50.710625" defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:2">
       <x:c r="A3" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="B3" s="0" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:2">
       <x:c r="A4" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="B4" s="0" t="s">
         <x:v>67</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="B5" s="0" t="s">
         <x:v>69</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="B6" s="0" t="s">
         <x:v>71</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="B7" s="0" t="s">
         <x:v>73</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="B8" s="0" t="s">
         <x:v>75</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="B9" s="0" t="s">
         <x:v>77</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
@@ -1360,2153 +1360,2153 @@
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C1" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:3">
       <x:c r="A3" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:3">
       <x:c r="A4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C24" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C25" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C26" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C27" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C28" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C29" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C30" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C31" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C161"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultColWidth="50.710625" defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C1" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:3">
       <x:c r="A3" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:3">
       <x:c r="A4" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
-        <x:v>2</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C24" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C25" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="C26" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C27" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C28" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C29" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="C30" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C31" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C32" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C33" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C34" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C35" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C36" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C37" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C38" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>2</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="C39" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C40" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C41" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C42" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:3">
       <x:c r="A43" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C43" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:3">
       <x:c r="A44" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C44" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C45" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
-        <x:v>2</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C46" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:3">
       <x:c r="A47" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C47" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:3">
       <x:c r="A48" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C48" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:3">
       <x:c r="A49" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="C49" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:3">
       <x:c r="A50" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C50" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:3">
       <x:c r="A51" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C51" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:3">
       <x:c r="A52" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C52" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:3">
       <x:c r="A53" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C53" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:3">
       <x:c r="A54" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
-        <x:v>2</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C54" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:3">
       <x:c r="A55" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="C55" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:3">
       <x:c r="A56" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C56" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:3">
       <x:c r="A57" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="C57" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:3">
       <x:c r="A58" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:3">
       <x:c r="A59" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C59" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:3">
       <x:c r="A60" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
-        <x:v>2</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C60" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:3">
       <x:c r="A61" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:3">
       <x:c r="A62" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:3">
       <x:c r="A63" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>2</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="C63" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:3">
       <x:c r="A64" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C64" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:3">
       <x:c r="A65" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C65" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:3">
       <x:c r="A66" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="C66" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:3">
       <x:c r="A67" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C67" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:3">
       <x:c r="A68" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="C68" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:3">
       <x:c r="A69" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:3">
       <x:c r="A70" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C70" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:3">
       <x:c r="A71" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C71" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:3">
       <x:c r="A72" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C72" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:3">
       <x:c r="A73" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C73" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:3">
       <x:c r="A74" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:3">
       <x:c r="A75" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C75" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:3">
       <x:c r="A76" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:3">
       <x:c r="A77" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="C77" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:3">
       <x:c r="A78" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C78" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:3">
       <x:c r="A79" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:3">
       <x:c r="A80" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:3">
       <x:c r="A81" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:3">
       <x:c r="A82" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C82" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:3">
       <x:c r="A83" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>2</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C83" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:3">
       <x:c r="A84" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:3">
       <x:c r="A85" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:3">
       <x:c r="A86" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:3">
       <x:c r="A87" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:3">
       <x:c r="A88" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:3">
       <x:c r="A89" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>2</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:3">
       <x:c r="A90" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:3">
       <x:c r="A91" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:3">
       <x:c r="A92" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:3">
       <x:c r="A93" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:3">
       <x:c r="A94" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
-        <x:v>2</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:3">
       <x:c r="A95" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:3">
       <x:c r="A96" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:3">
       <x:c r="A97" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C97" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:3">
       <x:c r="A98" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:3">
       <x:c r="A99" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="C99" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:3">
       <x:c r="A100" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:3">
       <x:c r="A101" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C101" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:3">
       <x:c r="A102" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C102" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:3">
       <x:c r="A103" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C103" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:3">
       <x:c r="A104" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="C104" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:3">
       <x:c r="A105" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="C105" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:3">
       <x:c r="A106" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:3">
       <x:c r="A107" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C107" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:3">
       <x:c r="A108" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C108" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:3">
       <x:c r="A109" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C109" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:3">
       <x:c r="A110" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C110" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:3">
       <x:c r="A111" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="C111" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:3">
       <x:c r="A112" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C112" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:3">
       <x:c r="A113" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C113" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:3">
       <x:c r="A114" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C114" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:3">
       <x:c r="A115" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:3">
       <x:c r="A116" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C116" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:3">
       <x:c r="A117" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C117" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:3">
       <x:c r="A118" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:3">
       <x:c r="A119" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C119" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:3">
       <x:c r="A120" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C120" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:3">
       <x:c r="A121" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C121" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:3">
       <x:c r="A122" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C122" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:3">
       <x:c r="A123" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="C123" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:3">
       <x:c r="A124" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C124" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:3">
       <x:c r="A125" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C125" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:3">
       <x:c r="A126" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C126" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:3">
       <x:c r="A127" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C127" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:3">
       <x:c r="A128" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C128" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:3">
       <x:c r="A129" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C129" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:3">
       <x:c r="A130" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="C130" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:3">
       <x:c r="A131" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C131" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:3">
       <x:c r="A132" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="C132" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:3">
       <x:c r="A133" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C133" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:3">
       <x:c r="A134" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="C134" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:3">
       <x:c r="A135" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C135" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:3">
       <x:c r="A136" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C136" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:3">
       <x:c r="A137" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C137" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:3">
       <x:c r="A138" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C138" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:3">
       <x:c r="A139" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C139" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:3">
       <x:c r="A140" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C140" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:3">
       <x:c r="A141" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>12</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C141" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:3">
       <x:c r="A142" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C142" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:3">
       <x:c r="A143" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C143" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:3">
       <x:c r="A144" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="C144" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:3">
       <x:c r="A145" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C145" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:3">
       <x:c r="A146" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C146" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:3">
       <x:c r="A147" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C147" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:3">
       <x:c r="A148" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C148" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:3">
       <x:c r="A149" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C149" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:3">
       <x:c r="A150" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C150" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:3">
       <x:c r="A151" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="C151" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:3">
       <x:c r="A152" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C152" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:3">
       <x:c r="A153" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C153" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:3">
       <x:c r="A154" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C154" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:3">
       <x:c r="A155" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C155" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:3">
       <x:c r="A156" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C156" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:3">
       <x:c r="A157" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C157" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:3">
       <x:c r="A158" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C158" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:3">
       <x:c r="A159" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C159" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:3">
       <x:c r="A160" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
-        <x:v>2</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C160" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:3">
       <x:c r="A161" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C161" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="15">
       <vt:lpstr>Outcomes</vt:lpstr>
       <vt:lpstr>Goals</vt:lpstr>
       <vt:lpstr>CoBenefit Bmps</vt:lpstr>
       <vt:lpstr>Outcome Goals</vt:lpstr>
       <vt:lpstr>Outcome CoBenefit Bmps</vt:lpstr>
       <vt:lpstr>Outcomes!Print_Area</vt:lpstr>
       <vt:lpstr>Outcomes!Print_Titles</vt:lpstr>
       <vt:lpstr>Goals!Print_Area</vt:lpstr>
       <vt:lpstr>Goals!Print_Titles</vt:lpstr>