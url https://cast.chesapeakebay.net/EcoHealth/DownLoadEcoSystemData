--- v2 (2025-12-08)
+++ v3 (2026-01-10)
@@ -1,44 +1,44 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10a8abbd1f56473f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9ee1da989b4649a3961c788e69fbdd2c.psmdcp" Id="Re102a92917324c37" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47285f77628042ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f0ca29a4bc9e46c784c71e2dc3ba793a.psmdcp" Id="R48aa2c77a76648a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Outcomes" sheetId="1" r:id="rId2"/>
     <x:sheet name="Goals" sheetId="2" r:id="rId3"/>
     <x:sheet name="CoBenefit Bmps" sheetId="3" r:id="rId4"/>
     <x:sheet name="Outcome Goals" sheetId="4" r:id="rId5"/>
     <x:sheet name="Outcome CoBenefit Bmps" sheetId="5" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>OutcomeName</x:t>
   </x:si>