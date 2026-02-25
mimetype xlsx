--- v3 (2026-01-10)
+++ v4 (2026-02-25)
@@ -1,44 +1,44 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47285f77628042ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f0ca29a4bc9e46c784c71e2dc3ba793a.psmdcp" Id="R48aa2c77a76648a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5616b3aa1a224120" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/166091beb9094217a4e52882d3224556.psmdcp" Id="R7958ab8619b54f50" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Outcomes" sheetId="1" r:id="rId2"/>
     <x:sheet name="Goals" sheetId="2" r:id="rId3"/>
     <x:sheet name="CoBenefit Bmps" sheetId="3" r:id="rId4"/>
     <x:sheet name="Outcome Goals" sheetId="4" r:id="rId5"/>
     <x:sheet name="Outcome CoBenefit Bmps" sheetId="5" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>OutcomeName</x:t>
   </x:si>