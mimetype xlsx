--- v4 (2026-02-25)
+++ v5 (2026-03-20)
@@ -1,44 +1,44 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5616b3aa1a224120" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/166091beb9094217a4e52882d3224556.psmdcp" Id="R7958ab8619b54f50" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbce134f31704523" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cff77d89cad148bcb9f3e24ec7bcd9ac.psmdcp" Id="R94899de4fbdf4a0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Outcomes" sheetId="1" r:id="rId2"/>
     <x:sheet name="Goals" sheetId="2" r:id="rId3"/>
     <x:sheet name="CoBenefit Bmps" sheetId="3" r:id="rId4"/>
     <x:sheet name="Outcome Goals" sheetId="4" r:id="rId5"/>
     <x:sheet name="Outcome CoBenefit Bmps" sheetId="5" r:id="rId6"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>OutcomeName</x:t>
   </x:si>